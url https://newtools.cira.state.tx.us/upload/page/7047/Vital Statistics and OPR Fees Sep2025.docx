--- v0 (2025-10-26)
+++ v1 (2026-02-07)
@@ -72,50 +72,52 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Jenny L. Garner, Fannin County Clerk</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004C4E68" w:rsidRDefault="00E50852">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="5"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>800 E. 2nd Street, Bonham, TX 75418</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="004C4E68" w:rsidRDefault="00E50852">
       <w:pPr>
         <w:spacing w:after="169" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="5"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>903-583-7486    jgarner@fanninco.net</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10382" w:type="dxa"/>
         <w:tblInd w:w="-36" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="37" w:type="dxa"/>
           <w:left w:w="36" w:type="dxa"/>
           <w:right w:w="33" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -128,51 +130,65 @@
         <w:trPr>
           <w:trHeight w:val="314"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10382" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="15" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="15" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="15" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="15" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="004C4E68" w:rsidRDefault="00E50852" w:rsidP="00E50852">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="1" w:firstLine="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="36"/>
               </w:rPr>
-              <w:t>OFFICAL PUBLIC RECORDS &amp; VITALS  9.1.2025</w:t>
+              <w:t>OFFIC</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE445A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>AL PUBLIC RECORDS &amp; VITALS  9.1.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C4E68">
         <w:trPr>
           <w:trHeight w:val="314"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="15" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="004C4E68" w:rsidRDefault="00E50852">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="10" w:firstLine="0"/>
             </w:pPr>
             <w:r>
@@ -1094,69 +1110,61 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="-103" w:right="2926" w:firstLine="2"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
             <w:r w:rsidR="00E50852">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">8 x 24 </w:t>
             </w:r>
             <w:r w:rsidR="00E50852">
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">(as of 10.14.2025)         </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00E50852">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>f</w:t>
             </w:r>
             <w:r w:rsidR="000A571D">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>filing</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> for f</w:t>
+              <w:t>filing for f</w:t>
             </w:r>
             <w:r w:rsidR="00E50852">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>uture use is appreciated.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C4E68">
         <w:trPr>
           <w:trHeight w:val="314"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4183" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="004C4E68" w:rsidRDefault="004C4E68">
@@ -1724,74 +1732,72 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="000A571D" w:rsidRDefault="00FE554E" w:rsidP="00FE554E">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004C4E68" w:rsidRPr="00FE554E" w:rsidRDefault="00E50852" w:rsidP="00FE554E">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>24</w:t>
             </w:r>
             <w:r w:rsidR="00FE554E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> x</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00FE554E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 36</w:t>
             </w:r>
             <w:r w:rsidR="00FE554E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00FE554E">
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
@@ -6736,61 +6742,52 @@
               <w:t>Po</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="004C4E68" w:rsidRDefault="00E50852">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="-14" w:firstLine="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">stings Public </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>stings Public Notic</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3943" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="004C4E68" w:rsidRDefault="00E50852">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="-29" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
           </w:p>
@@ -11259,59 +11256,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="004C4E68" w:rsidRDefault="00E50852">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Marriage with TWOGETHER in TEXAS</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004C4E68" w:rsidRDefault="00E50852">
             <w:pPr>
               <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Fee and 72 hour waiting period waived upon completion of a premarital education course and proof of a certificate of completion within one year of completion.  A</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">s of September 1. 2008, couples who go through the State of Texas approved Marriage Education Class (House Bill 2685) will not have to pay the $60 Sate portion of their marriage license fee.  They still pay the smaller county portion, which varies by county. </w:t>
+              <w:t xml:space="preserve">Fee and 72 hour waiting period waived upon completion of a premarital education course and proof of a certificate of completion within one year of completion.  As of September 1. 2008, couples who go through the State of Texas approved Marriage Education Class (House Bill 2685) will not have to pay the $60 Sate portion of their marriage license fee.  They still pay the smaller county portion, which varies by county. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004C4E68" w:rsidRDefault="00E50852">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>LGC 118.018(b)(1-2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C4E68" w:rsidTr="00E50852">
         <w:trPr>
           <w:trHeight w:val="314"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4517" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="DADADA"/>
@@ -11951,58 +11940,64 @@
               <w:left w:val="single" w:sz="8" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="004C4E68" w:rsidRDefault="00E50852">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="2" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:t>License Fee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004C4E68" w:rsidRDefault="00E50852" w:rsidP="00E50852">
+          <w:p w:rsidR="004C4E68" w:rsidRDefault="00E50852" w:rsidP="002747C4">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="38" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
-              <w:t>$46.00</w:t>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="002747C4">
+              <w:t>25</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="DADADA"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="DADADA"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DADADA"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="DADADA"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="004C4E68" w:rsidRDefault="00E50852">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="34" w:firstLine="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>LGC 118.011(a)(8)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -12247,50 +12242,53 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004C4E68" w:rsidRDefault="00E50852">
       <w:pPr>
         <w:spacing w:after="12" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CHECKS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004C4E68" w:rsidRDefault="00E50852">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="377"/>
       </w:pPr>
       <w:r>
         <w:t>Make check payable to: Fannin County Clerk</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE445A">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004C4E68" w:rsidRDefault="00E50852">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="377"/>
       </w:pPr>
       <w:r>
         <w:t>Checks older than 90 days will not be accepted</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004C4E68" w:rsidRDefault="00E50852">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="377"/>
       </w:pPr>
       <w:r>
         <w:t>Refunds of Ten Dollars ($10.00) or less will be issued upon request</w:t>
       </w:r>
@@ -12299,172 +12297,172 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="76"/>
         <w:ind w:hanging="377"/>
       </w:pPr>
       <w:r>
         <w:t>All checks must clear the bank before a refund will be issued</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E50852" w:rsidRDefault="00E50852">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="76"/>
         <w:ind w:hanging="377"/>
       </w:pPr>
       <w:r>
         <w:t>Returned Check fee is $25.00. Fee for a check referred to the District Attorney is $30.00.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C4E68" w:rsidRDefault="000A571D">
+    <w:p w:rsidR="004C4E68" w:rsidRDefault="002A7D60">
       <w:pPr>
         <w:ind w:left="-3"/>
       </w:pPr>
       <w:hyperlink r:id="rId8">
         <w:r w:rsidR="00E50852">
           <w:t>Glossary:</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="004C4E68" w:rsidRDefault="000A571D">
+    <w:p w:rsidR="004C4E68" w:rsidRDefault="002A7D60">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="377"/>
       </w:pPr>
       <w:hyperlink r:id="rId9">
         <w:r w:rsidR="00E50852">
           <w:t>BCC     Business and Commercial Code</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="004C4E68" w:rsidRDefault="000A571D">
+    <w:p w:rsidR="004C4E68" w:rsidRDefault="002A7D60">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="377"/>
       </w:pPr>
       <w:hyperlink r:id="rId10">
         <w:r w:rsidR="00E50852">
           <w:t>GC        Government Code</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="004C4E68" w:rsidRDefault="000A571D">
+    <w:p w:rsidR="004C4E68" w:rsidRDefault="002A7D60">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="377"/>
       </w:pPr>
       <w:hyperlink r:id="rId11">
         <w:r w:rsidR="00E50852">
           <w:t>HSC     Health and Safety Code</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="004C4E68" w:rsidRDefault="000A571D">
+    <w:p w:rsidR="004C4E68" w:rsidRDefault="002A7D60">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="377"/>
       </w:pPr>
       <w:hyperlink r:id="rId12">
         <w:r w:rsidR="00E50852">
           <w:t>LGC     Local Government Code</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="004C4E68" w:rsidRDefault="000A571D">
+    <w:p w:rsidR="004C4E68" w:rsidRDefault="002A7D60">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="377"/>
       </w:pPr>
       <w:hyperlink r:id="rId13">
         <w:r w:rsidR="00E50852">
           <w:t>OAG    Office of Attorney General</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="004C4E68" w:rsidRDefault="000A571D">
+    <w:p w:rsidR="004C4E68" w:rsidRDefault="002A7D60">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="377"/>
       </w:pPr>
       <w:hyperlink r:id="rId14">
         <w:r w:rsidR="00E50852">
           <w:t>PC        Property Code</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="004C4E68" w:rsidRDefault="000A571D">
+    <w:p w:rsidR="004C4E68" w:rsidRDefault="002A7D60">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:hanging="377"/>
       </w:pPr>
       <w:hyperlink r:id="rId15">
         <w:r w:rsidR="00E50852">
           <w:t xml:space="preserve">TAC     Texas Administrative Code </w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId16">
         <w:r w:rsidR="00E50852">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           </w:rPr>
           <w:t></w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId17">
         <w:r w:rsidR="00E50852">
           <w:t xml:space="preserve">     UCC     Uniform Commercial Code</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="004C4E68" w:rsidRDefault="000A571D">
+    <w:p w:rsidR="004C4E68" w:rsidRDefault="002A7D60">
       <w:pPr>
         <w:spacing w:after="264" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:hyperlink r:id="rId18">
         <w:r w:rsidR="00E50852">
           <w:t>These codes may be searched by:</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId19">
         <w:r w:rsidR="00E50852">
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId20">
         <w:r w:rsidR="00E50852">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>http://www.s</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId21">
         <w:r w:rsidR="00E50852">
@@ -12514,61 +12512,61 @@
         <w:ind w:left="-3" w:right="3570"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Miscellaneous: </w:t>
       </w:r>
       <w:r>
         <w:t>LGC 118.011(c) The Clerk shall charge reasonable fees for performing other duties prescribed or authorized by statute for which a fee is not prescribed.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004C4E68" w:rsidSect="00E50852">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1725" w:right="1131" w:bottom="765" w:left="1089" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00417CBA" w:rsidRDefault="00417CBA" w:rsidP="004D5CC3">
+    <w:p w:rsidR="002A7D60" w:rsidRDefault="002A7D60" w:rsidP="004D5CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00417CBA" w:rsidRDefault="00417CBA" w:rsidP="004D5CC3">
+    <w:p w:rsidR="002A7D60" w:rsidRDefault="002A7D60" w:rsidP="004D5CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -12579,61 +12577,61 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00417CBA" w:rsidRDefault="00417CBA" w:rsidP="004D5CC3">
+    <w:p w:rsidR="002A7D60" w:rsidRDefault="002A7D60" w:rsidP="004D5CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00417CBA" w:rsidRDefault="00417CBA" w:rsidP="004D5CC3">
+    <w:p w:rsidR="002A7D60" w:rsidRDefault="002A7D60" w:rsidP="004D5CC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06FA635F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1FD0DA8E"/>
     <w:lvl w:ilvl="0" w:tplc="F8A0C934">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="377"/>
       </w:pPr>
@@ -12824,76 +12822,78 @@
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004C4E68"/>
     <w:rsid w:val="000A571D"/>
+    <w:rsid w:val="002747C4"/>
+    <w:rsid w:val="002A7D60"/>
     <w:rsid w:val="00417CBA"/>
     <w:rsid w:val="004C4E68"/>
     <w:rsid w:val="004D5CC3"/>
     <w:rsid w:val="00E50852"/>
+    <w:rsid w:val="00FE445A"/>
     <w:rsid w:val="00FE554E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -13652,67 +13652,68 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
   <Words>1220</Words>
-  <Characters>6957</Characters>
+  <Characters>6959</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>57</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8161</CharactersWithSpaces>
+  <CharactersWithSpaces>8163</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Xerox Operator</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>